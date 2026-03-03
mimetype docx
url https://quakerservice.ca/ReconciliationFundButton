--- v0 (2025-10-17)
+++ v1 (2026-03-03)
@@ -544,368 +544,359 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13A70151" w14:textId="77777777" w:rsidR="008A1CDD" w:rsidRDefault="00C136CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Procedure for Applications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EA2E96" w14:textId="7D4F084B" w:rsidR="00C136CA" w:rsidRPr="00C51729" w:rsidRDefault="00C136CA" w:rsidP="00C136CA">
+    <w:p w14:paraId="08EA2E96" w14:textId="7B7B9FB7" w:rsidR="00C136CA" w:rsidRPr="00C51729" w:rsidRDefault="00C136CA" w:rsidP="00C136CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C51729">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Reconciliation Fund accepts applications on a quarterly basis. The </w:t>
       </w:r>
       <w:r w:rsidR="00C540A0">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dates</w:t>
       </w:r>
       <w:r w:rsidRPr="00C51729">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for 202</w:t>
       </w:r>
-      <w:r w:rsidR="00005079">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00C51729">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B09DFC6" w14:textId="47B5C9FB" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
+    <w:p w14:paraId="1B09DFC6" w14:textId="49F0EA06" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
       <w:r w:rsidR="00005079">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F574C4">
-[...6 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00005079" w:rsidRPr="00005079">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F574C4">
-[...9 lines deleted...]
-    <w:p w14:paraId="64DA7A02" w14:textId="73580D6B" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DA7A02" w14:textId="0F81081F" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">June </w:t>
       </w:r>
       <w:r w:rsidR="00005079">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F574C4">
-[...6 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F574C4">
-[...9 lines deleted...]
-    <w:p w14:paraId="2C8778B8" w14:textId="085128CB" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C8778B8" w14:textId="3F18A6AF" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>September 2</w:t>
       </w:r>
-      <w:r w:rsidR="00F574C4">
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F0EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00411A42">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0EAA">
-[...28 lines deleted...]
-    <w:p w14:paraId="642EE416" w14:textId="28584160" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
+    </w:p>
+    <w:p w14:paraId="642EE416" w14:textId="29AD8E2D" w:rsidR="00C136CA" w:rsidRPr="009F0EAA" w:rsidRDefault="00C136CA" w:rsidP="009F0EAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">December </w:t>
       </w:r>
-      <w:r w:rsidR="00005079">
-[...15 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00005079" w:rsidRPr="00005079">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F574C4">
-[...6 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00411A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F11780" w14:textId="77777777" w:rsidR="00C136CA" w:rsidRPr="00C51729" w:rsidRDefault="00C136CA" w:rsidP="00C136CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C51729">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
       <w:r w:rsidR="009F0EAA">
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4838,61 +4829,61 @@
     </w:tbl>
     <w:p w14:paraId="30B04EB8" w14:textId="77777777" w:rsidR="0063247F" w:rsidRPr="00CE1200" w:rsidRDefault="0063247F" w:rsidP="00D87051">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0063247F" w:rsidRPr="00CE1200" w:rsidSect="00F41138">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EFA150A" w14:textId="77777777" w:rsidR="00246BF5" w:rsidRDefault="00246BF5" w:rsidP="008A1CDD">
+    <w:p w14:paraId="3CC4057B" w14:textId="77777777" w:rsidR="004C6B4E" w:rsidRDefault="004C6B4E" w:rsidP="008A1CDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14B388AA" w14:textId="77777777" w:rsidR="00246BF5" w:rsidRDefault="00246BF5" w:rsidP="008A1CDD">
+    <w:p w14:paraId="42625FE1" w14:textId="77777777" w:rsidR="004C6B4E" w:rsidRDefault="004C6B4E" w:rsidP="008A1CDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5062,61 +5053,61 @@
             </w:r>
             <w:r w:rsidR="00DF56E2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="65D38855" w14:textId="77777777" w:rsidR="008A1CDD" w:rsidRDefault="008A1CDD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75C0C0F0" w14:textId="77777777" w:rsidR="00246BF5" w:rsidRDefault="00246BF5" w:rsidP="008A1CDD">
+    <w:p w14:paraId="4BED1C2F" w14:textId="77777777" w:rsidR="004C6B4E" w:rsidRDefault="004C6B4E" w:rsidP="008A1CDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="425B8C70" w14:textId="77777777" w:rsidR="00246BF5" w:rsidRDefault="00246BF5" w:rsidP="008A1CDD">
+    <w:p w14:paraId="729D43BF" w14:textId="77777777" w:rsidR="004C6B4E" w:rsidRDefault="004C6B4E" w:rsidP="008A1CDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C6A5D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9DC82EA"/>
     <w:lvl w:ilvl="0" w:tplc="1009000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -6168,74 +6159,77 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D87051"/>
     <w:rsid w:val="00005079"/>
     <w:rsid w:val="0008233D"/>
     <w:rsid w:val="000D7E48"/>
     <w:rsid w:val="000E2775"/>
     <w:rsid w:val="00114D0A"/>
     <w:rsid w:val="00165FBE"/>
     <w:rsid w:val="00186B5F"/>
     <w:rsid w:val="001F46F7"/>
     <w:rsid w:val="00246BF5"/>
     <w:rsid w:val="00282FE7"/>
     <w:rsid w:val="003177DD"/>
     <w:rsid w:val="003D018F"/>
+    <w:rsid w:val="00411A42"/>
     <w:rsid w:val="0043407F"/>
     <w:rsid w:val="00470417"/>
     <w:rsid w:val="0049584B"/>
+    <w:rsid w:val="004C6B4E"/>
     <w:rsid w:val="004D2CCC"/>
     <w:rsid w:val="00502FD2"/>
     <w:rsid w:val="00505C6D"/>
     <w:rsid w:val="00507578"/>
     <w:rsid w:val="00565A3B"/>
     <w:rsid w:val="00612DCA"/>
     <w:rsid w:val="0063247F"/>
     <w:rsid w:val="00637C07"/>
     <w:rsid w:val="006C18F8"/>
     <w:rsid w:val="00714366"/>
     <w:rsid w:val="007550BB"/>
     <w:rsid w:val="007666B1"/>
     <w:rsid w:val="00792F3F"/>
     <w:rsid w:val="007C429F"/>
     <w:rsid w:val="007E461D"/>
     <w:rsid w:val="00854DE0"/>
     <w:rsid w:val="008A1CDD"/>
     <w:rsid w:val="008B26D8"/>
     <w:rsid w:val="008D394A"/>
     <w:rsid w:val="00925469"/>
     <w:rsid w:val="00964C17"/>
+    <w:rsid w:val="009656B3"/>
     <w:rsid w:val="009A449B"/>
     <w:rsid w:val="009B006D"/>
     <w:rsid w:val="009E28B3"/>
     <w:rsid w:val="009F0EAA"/>
     <w:rsid w:val="00A03D3A"/>
     <w:rsid w:val="00A14DA5"/>
     <w:rsid w:val="00A960C2"/>
     <w:rsid w:val="00AA564C"/>
     <w:rsid w:val="00B13868"/>
     <w:rsid w:val="00B80D26"/>
     <w:rsid w:val="00C136CA"/>
     <w:rsid w:val="00C51729"/>
     <w:rsid w:val="00C540A0"/>
     <w:rsid w:val="00C5753C"/>
     <w:rsid w:val="00CA2C3E"/>
     <w:rsid w:val="00CD44EC"/>
     <w:rsid w:val="00CE1200"/>
     <w:rsid w:val="00CE431C"/>
     <w:rsid w:val="00D83CBB"/>
     <w:rsid w:val="00D87051"/>
     <w:rsid w:val="00DA7F0D"/>
     <w:rsid w:val="00DB2E82"/>
     <w:rsid w:val="00DD29E5"/>
     <w:rsid w:val="00DD2FA7"/>
     <w:rsid w:val="00DD51E3"/>
@@ -7179,72 +7173,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5952067-C7E8-4925-94F5-25A9AA2BB17A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1160</Words>
-  <Characters>6618</Characters>
+  <Words>1264</Words>
+  <Characters>6514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>232</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7763</CharactersWithSpaces>
+  <CharactersWithSpaces>7669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jeremy Vander Hoek</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>